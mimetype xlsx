--- v0 (2025-10-17)
+++ v1 (2025-12-18)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\80. Wettbewerbe\_ServiceValue_Studien\80.412_Service-Champions Schweiz\2025\05_Homepage\Tabellen\outputXLSX\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3754FF32-D231-41CF-80D4-E65AB90A3925}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A7CDBFAC-18F2-4490-AF7D-B95E0D553018}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="data">data!$A$1:$C$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="30">
   <si>
     <t>RANG</t>
   </si>
   <si>
     <t>ANBIETER</t>
   </si>
   <si>
     <t>WERT</t>
   </si>
   <si>
     <t>Visana</t>
   </si>
   <si>
     <t>76,4%</t>
   </si>
   <si>
     <t>kpt:</t>
   </si>
   <si>
     <t>75,8%</t>
   </si>
   <si>
     <t>SWICA</t>
   </si>
   <si>
@@ -97,93 +97,75 @@
   <si>
     <t>CSS</t>
   </si>
   <si>
     <t>73,9%</t>
   </si>
   <si>
     <t>agrisano</t>
   </si>
   <si>
     <t>73,7%</t>
   </si>
   <si>
     <t>Sanitas</t>
   </si>
   <si>
     <t>73,6%</t>
   </si>
   <si>
     <t>Helsana</t>
   </si>
   <si>
     <t>73,2%</t>
   </si>
   <si>
+    <t>&gt; 300</t>
+  </si>
+  <si>
+    <t>assura.</t>
+  </si>
+  <si>
+    <t>&lt; 71,8%</t>
+  </si>
+  <si>
+    <t>atupri</t>
+  </si>
+  <si>
+    <t>Concordia</t>
+  </si>
+  <si>
+    <t>EGK (Gesundheitskasse)</t>
+  </si>
+  <si>
     <t>ÖKK</t>
   </si>
   <si>
-    <t>71,5%</t>
-[...14 lines deleted...]
-    <t>69,6%</t>
+    <t>sympany</t>
   </si>
   <si>
     <t>vivacare</t>
-  </si>
-[...19 lines deleted...]
-    <t>&lt; 67,9%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -606,124 +588,124 @@
       </c>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A9" s="1">
         <v>165</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>17</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A10" s="1">
         <v>186</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A11" s="1">
-        <v>328</v>
+      <c r="A11" s="1" t="s">
+        <v>21</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A12" s="1" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>24</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A13" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A14" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A15" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C15" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A16" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C16" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.3">
       <c r="A17" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>