--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -1,123 +1,126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\80. Wettbewerbe\_DIE WELT_BILD_Studien\WELT\80.400_30.908_Service-Champions\2025\30 Pressearbeit_Homepage\Tabellen\outputXLSX\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\c.seibel\Desktop\Neuer Ordner\outputXLSX\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DADD16AB-7C75-4804-9B80-564315D41501}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D77513AC-90C9-4D2A-A886-C2BE227457A3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="data">data!$A$1:$C$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="16">
   <si>
     <t>RANG</t>
   </si>
   <si>
     <t>ANBIETER</t>
   </si>
   <si>
     <t>WERT</t>
   </si>
   <si>
     <t>DHL</t>
   </si>
   <si>
     <t>64,2%</t>
   </si>
   <si>
     <t>UPS</t>
   </si>
   <si>
     <t>63,4%</t>
   </si>
   <si>
     <t>Hermes</t>
   </si>
   <si>
     <t>61,3%</t>
   </si>
   <si>
-    <t>&gt; 1500</t>
+    <t>GLS</t>
+  </si>
+  <si>
+    <t>60,0%</t>
+  </si>
+  <si>
+    <t>&gt; 2100</t>
   </si>
   <si>
     <t>DPD</t>
   </si>
   <si>
-    <t>&lt; 60,6%</t>
+    <t>&lt; 59,4%</t>
   </si>
   <si>
     <t>FedEx</t>
-  </si>
-[...1 lines deleted...]
-    <t>GLS</t>
   </si>
   <si>
     <t>iloxx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -430,138 +433,138 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
   <dimension ref="A1:C8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:C8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="1">
         <v>532</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="1">
         <v>708</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>5</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="1">
         <v>1435</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.3">
-      <c r="A5" s="1" t="s">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A5" s="1">
+        <v>1910</v>
+      </c>
+      <c r="B5" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="C5" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="C5" s="1" t="s">
+    </row>
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A6" s="1" t="s">
         <v>11</v>
-      </c>
-[...3 lines deleted...]
-        <v>9</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>13</v>
       </c>
-      <c r="C7" s="1" t="s">
+    </row>
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A8" s="1" t="s">
         <v>11</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B8" s="1" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>