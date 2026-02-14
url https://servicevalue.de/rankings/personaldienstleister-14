--- v0 (2025-12-05)
+++ v1 (2026-02-14)
@@ -1,276 +1,276 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29628"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\80. Wettbewerbe\_DIE WELT_BILD_Studien\BILD\81.763_Kundenempfehlung_BILD\2025\30 Pressearbeit_Homepage\outputXLSX\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\c.seibel\Desktop\Bild Kundenempfehlung\outputXLSX\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{83939DD7-7D64-4A8E-ADBB-645FFAA8D768}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D4D5873C-CE8D-4743-A754-B2EA68EF4BE8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2730" yWindow="2730" windowWidth="21600" windowHeight="11295" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="data">data!$A$1:$C$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129" uniqueCount="66">
   <si>
     <t>Unternehmen</t>
   </si>
   <si>
     <t>Wert</t>
   </si>
   <si>
     <t>Auszeichnung</t>
   </si>
   <si>
+    <t>office people</t>
+  </si>
+  <si>
+    <t>21,2</t>
+  </si>
+  <si>
+    <t>Höchste Empfehlung</t>
+  </si>
+  <si>
+    <t>Manpower</t>
+  </si>
+  <si>
+    <t>19,9</t>
+  </si>
+  <si>
+    <t>Sehr hohe Empfehlung</t>
+  </si>
+  <si>
+    <t>Orizon</t>
+  </si>
+  <si>
+    <t>19,3</t>
+  </si>
+  <si>
+    <t>tempton</t>
+  </si>
+  <si>
+    <t>18,8</t>
+  </si>
+  <si>
+    <t>Pacura med</t>
+  </si>
+  <si>
+    <t>18,7</t>
+  </si>
+  <si>
+    <t>Personalhaus</t>
+  </si>
+  <si>
+    <t>18,2</t>
+  </si>
+  <si>
+    <t>GI Group</t>
+  </si>
+  <si>
+    <t>18,0</t>
+  </si>
+  <si>
     <t>Hofmann Personal</t>
   </si>
   <si>
-    <t>20,2</t>
-[...11 lines deleted...]
-    <t>Sehr hohe Empfehlung</t>
+    <t>17,5</t>
+  </si>
+  <si>
+    <t>DREMO Personaldienstleistung</t>
+  </si>
+  <si>
+    <t>17,0</t>
+  </si>
+  <si>
+    <t>TIMEPARTNER</t>
+  </si>
+  <si>
+    <t>16,4</t>
+  </si>
+  <si>
+    <t>Hohe Empfehlung</t>
+  </si>
+  <si>
+    <t>EPOS Personaldienstleistungen</t>
+  </si>
+  <si>
+    <t>16,0</t>
   </si>
   <si>
     <t>JOB AG</t>
   </si>
   <si>
-    <t>19,3</t>
-[...17 lines deleted...]
-    <t>17,5</t>
+    <t>15,5</t>
+  </si>
+  <si>
+    <t>TABEL Personal</t>
+  </si>
+  <si>
+    <t>14,6</t>
+  </si>
+  <si>
+    <t>pluss</t>
+  </si>
+  <si>
+    <t>14,5</t>
+  </si>
+  <si>
+    <t>Adecco</t>
+  </si>
+  <si>
+    <t>14,2</t>
+  </si>
+  <si>
+    <t>bindan</t>
+  </si>
+  <si>
+    <t>14,1</t>
+  </si>
+  <si>
+    <t>Technicum</t>
+  </si>
+  <si>
+    <t>14,0</t>
+  </si>
+  <si>
+    <t>ABAX Personaldienstleistungen</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>ACCURAT Personaldienstleistungen</t>
+  </si>
+  <si>
+    <t>ACTIEF Personalmanagement</t>
+  </si>
+  <si>
+    <t>Allpersona</t>
+  </si>
+  <si>
+    <t>Amadeus Fire</t>
+  </si>
+  <si>
+    <t>ARWA Personaldienstleistungen</t>
+  </si>
+  <si>
+    <t>AVANTGARDE EXPERTS</t>
+  </si>
+  <si>
+    <t>daz-SERVICES</t>
+  </si>
+  <si>
+    <t>DEKRA Arbeit</t>
+  </si>
+  <si>
+    <t>DIS AG</t>
   </si>
   <si>
     <t>GVO Personal</t>
   </si>
   <si>
-    <t>17,2</t>
+    <t>HAYS</t>
+  </si>
+  <si>
+    <t>iperdi</t>
+  </si>
+  <si>
+    <t>meteor Personaldienste</t>
   </si>
   <si>
     <t>Page Personnel</t>
   </si>
   <si>
-    <t>16,6</t>
-[...22 lines deleted...]
-  <si>
     <t>PEAG Personal</t>
   </si>
   <si>
-    <t>15,5</t>
-[...11 lines deleted...]
-    <t>15,0</t>
+    <t>persona service</t>
+  </si>
+  <si>
+    <t>Piening Personal</t>
+  </si>
+  <si>
+    <t>Randstad</t>
+  </si>
+  <si>
+    <t>Robert Half</t>
+  </si>
+  <si>
+    <t>START NRW</t>
   </si>
   <si>
     <t>SYNERGIE Personal</t>
   </si>
   <si>
-    <t>14,9</t>
-[...11 lines deleted...]
-    <t>14,0</t>
+    <t>Trenkwalder</t>
   </si>
   <si>
     <t>Unique</t>
-  </si>
-[...70 lines deleted...]
-    <t>Trenkwalder</t>
   </si>
   <si>
     <t>ZAG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -577,507 +577,529 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Tabelle1"/>
-  <dimension ref="A1:C41"/>
+  <dimension ref="A1:C43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:C41"/>
+      <selection sqref="A1:C43"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
-    <row r="1" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="3" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="4" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A4" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C4" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="5" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="6" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A6" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="7" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="8" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A8" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="9" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="1:3" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A10" s="1" t="s">
         <v>21</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="1" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A11" s="1" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="1" t="s">
+      <c r="B11" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="B11" s="1" t="s">
+      <c r="C11" s="1" t="s">
         <v>25</v>
       </c>
-      <c r="C11" s="1" t="s">
-[...3 lines deleted...]
-    <row r="12" spans="1:3" x14ac:dyDescent="0.3">
+    </row>
+    <row r="12" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A12" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:3" x14ac:dyDescent="0.3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A13" s="1" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:3" x14ac:dyDescent="0.3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A14" s="1" t="s">
         <v>30</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:3" x14ac:dyDescent="0.3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:3" x14ac:dyDescent="0.3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A16" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>35</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" x14ac:dyDescent="0.3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A17" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:3" x14ac:dyDescent="0.3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A18" s="1" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>39</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:3" x14ac:dyDescent="0.3">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A19" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>41</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:3" x14ac:dyDescent="0.3">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A20" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B20" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C20" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A21" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...4 lines deleted...]
-      <c r="A21" s="1" t="s">
+      <c r="B21" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A22" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="B21" s="1" t="s">
+      <c r="B22" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C22" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A23" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="C21" s="1" t="s">
-[...4 lines deleted...]
-      <c r="A22" s="1" t="s">
+      <c r="B23" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C23" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="B22" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A23" s="1" t="s">
+      <c r="B24" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C24" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="B23" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A24" s="1" t="s">
+      <c r="B25" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C25" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A26" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="B24" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A25" s="1" t="s">
+      <c r="B26" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C26" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="B25" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A26" s="1" t="s">
+      <c r="B27" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C27" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A28" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B26" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A27" s="1" t="s">
+      <c r="B28" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C28" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A29" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B27" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A28" s="1" t="s">
+      <c r="B29" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C29" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A30" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="B28" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A29" s="1" t="s">
+      <c r="B30" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C30" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="B29" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A30" s="1" t="s">
+      <c r="B31" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C31" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A32" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B30" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A31" s="1" t="s">
+      <c r="B32" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A33" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="B31" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A32" s="1" t="s">
+      <c r="B33" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C33" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A34" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B32" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A33" s="1" t="s">
+      <c r="B34" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C34" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A35" s="1" t="s">
         <v>57</v>
       </c>
-      <c r="B33" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="1" t="s">
+      <c r="B35" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B34" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A35" s="1" t="s">
+      <c r="B36" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C36" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A37" s="1" t="s">
         <v>59</v>
       </c>
-      <c r="B35" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A36" s="1" t="s">
+      <c r="B37" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C37" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
         <v>60</v>
       </c>
-      <c r="B36" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A37" s="1" t="s">
+      <c r="B38" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C38" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A39" s="1" t="s">
         <v>61</v>
       </c>
-      <c r="B37" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A38" s="1" t="s">
+      <c r="B39" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A40" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B38" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A39" s="1" t="s">
+      <c r="B40" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C40" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A41" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="B39" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A40" s="1" t="s">
+      <c r="B41" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C41" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A42" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="B40" s="1" t="s">
-[...7 lines deleted...]
-      <c r="A41" s="1" t="s">
+      <c r="B42" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C42" s="1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+      <c r="A43" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="B41" s="1" t="s">
-[...3 lines deleted...]
-        <v>45</v>
+      <c r="B43" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C43" s="1" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>