--- v0 (2025-10-15)
+++ v1 (2025-12-09)
@@ -1,54 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29231"/>
   <workbookPr codeName="DieseArbeitsmappe" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\20. Studien\20.700_Studien - Focus Money\2025\21.603_Kundenhotline\30 Pressearbeit_Homepage\Tabellen\outputXLSX\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6BB80ED4-5DAD-469B-9C7C-8B7EE3B1DE0D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{DBACD054-4C97-4C99-9C00-4D8F0B0ADAC6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="data" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="data">data!$A$1:$C$36</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -67,63 +67,63 @@
   <si>
     <t>Bochum-Gelsenkirchener Straßenbahnen (BOGESTRA)</t>
   </si>
   <si>
     <t>2,78</t>
   </si>
   <si>
     <t>BESTE</t>
   </si>
   <si>
     <t>Bremer Straßenbahn (BSAG)</t>
   </si>
   <si>
     <t>2,79</t>
   </si>
   <si>
     <t>Leipziger Verkehrsbetriebe (LVB)</t>
   </si>
   <si>
     <t>Münchner Verkehrsgesellschaft (MVG)</t>
   </si>
   <si>
     <t>2,80</t>
   </si>
   <si>
+    <t>ÜSTRA</t>
+  </si>
+  <si>
+    <t>2,81</t>
+  </si>
+  <si>
+    <t>Top</t>
+  </si>
+  <si>
     <t>Ruhrbahn</t>
   </si>
   <si>
     <t>2,82</t>
-  </si>
-[...7 lines deleted...]
-    <t>2,81</t>
   </si>
   <si>
     <t>VAG Verkehrs-Aktiengesellschaft Nürnberg</t>
   </si>
   <si>
     <t>2,83</t>
   </si>
   <si>
     <t>Verkehrsgesellschaft Frankfurt am Main (VGF)</t>
   </si>
   <si>
     <t>Berliner Verkehrsbetriebe (BVG)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Dresdner Verkehrsbetriebe (DVB)</t>
   </si>
   <si>
     <t>Hamburger Verkehrsverbund (HVV)</t>
   </si>
   <si>
     <t>Kölner Verkehrs-Betriebe (KVB)</t>
   </si>